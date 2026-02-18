--- v0 (2025-12-23)
+++ v1 (2026-02-18)
@@ -453,103 +453,103 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Date</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Insurance Company Name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Amount</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Doc- Num</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
-          <t>Jan-2025</t>
+          <t>Mar-2025</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
-          <t>Feb-2025</t>
+          <t>Apr-2025</t>
         </is>
       </c>
       <c r="G1" s="1" t="inlineStr">
         <is>
-          <t>Mar-2025</t>
+          <t>May-2025</t>
         </is>
       </c>
       <c r="H1" s="1" t="inlineStr">
         <is>
-          <t>Apr-2025</t>
+          <t>Jun-2025</t>
         </is>
       </c>
       <c r="I1" s="1" t="inlineStr">
         <is>
-          <t>May-2025</t>
+          <t>Jul-2025</t>
         </is>
       </c>
       <c r="J1" s="1" t="inlineStr">
         <is>
-          <t>Jun-2025</t>
+          <t>Aug-2025</t>
         </is>
       </c>
       <c r="K1" s="1" t="inlineStr">
         <is>
-          <t>Jul-2025</t>
+          <t>Sep-2025</t>
         </is>
       </c>
       <c r="L1" s="1" t="inlineStr">
         <is>
-          <t>Aug-2025</t>
+          <t>Oct-2025</t>
         </is>
       </c>
       <c r="M1" s="1" t="inlineStr">
         <is>
-          <t>Sep-2025</t>
+          <t>Nov-2025</t>
         </is>
       </c>
       <c r="N1" s="1" t="inlineStr">
         <is>
-          <t>Oct-2025</t>
+          <t>Dec-2025</t>
         </is>
       </c>
       <c r="O1" s="1" t="inlineStr">
         <is>
-          <t>Nov-2025</t>
+          <t>Jan-2026</t>
         </is>
       </c>
       <c r="P1" s="1" t="inlineStr">
         <is>
-          <t>Dec-2025</t>
+          <t>Feb-2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>